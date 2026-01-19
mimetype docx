--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -1,96 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E25D42E" w14:textId="77777777" w:rsidR="005A1170" w:rsidRDefault="00C90E35">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="113"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk113886846"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="752DB634" wp14:editId="75B3E80A">
-            <wp:extent cx="6123414" cy="1014412"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="752DB634" wp14:editId="3D067418">
+            <wp:extent cx="6123414" cy="1011894"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
+                    <pic:cNvPr id="1" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6123414" cy="1014412"/>
+                      <a:ext cx="6123414" cy="1011894"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C49A1E2" w14:textId="09F30EF9" w:rsidR="005A1170" w:rsidRDefault="005A1170">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C921E6E" w14:textId="043F5155" w:rsidR="00407091" w:rsidRPr="00BB4489" w:rsidRDefault="00407091" w:rsidP="00407091">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -15464,52 +15470,50 @@
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>aspas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-35"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Exemplo:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-58"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="65F5FF84" w14:textId="7381EB31" w:rsidR="004C3722" w:rsidRDefault="005D42FD" w:rsidP="00962BC2">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="151" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -19571,103 +19575,103 @@
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1080" w:right="980" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78B38BE7" w14:textId="7C854539" w:rsidR="00D230D9" w:rsidRDefault="00D230D9" w:rsidP="00407091">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:right="5111"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D230D9" w:rsidSect="00407091">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1080" w:right="980" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58E4CB8D" w14:textId="77777777" w:rsidR="00AB2D73" w:rsidRDefault="00AB2D73">
+    <w:p w14:paraId="37842C65" w14:textId="77777777" w:rsidR="00927F77" w:rsidRDefault="00927F77">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30369AEE" w14:textId="77777777" w:rsidR="00AB2D73" w:rsidRDefault="00AB2D73">
+    <w:p w14:paraId="1C1B7DE4" w14:textId="77777777" w:rsidR="00927F77" w:rsidRDefault="00927F77">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58B7E82C" w14:textId="366A0EC2" w:rsidR="005A1170" w:rsidRDefault="005B5236">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="563BA6B8" wp14:editId="4D970A11">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6585585</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9992995</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="165100" cy="222885"/>
@@ -19806,70 +19810,70 @@
                       <w:rPr>
                         <w:b/>
                         <w:noProof/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:t>5</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="594AE7A6" w14:textId="77777777" w:rsidR="00AB2D73" w:rsidRDefault="00AB2D73">
+    <w:p w14:paraId="53AF0228" w14:textId="77777777" w:rsidR="00927F77" w:rsidRDefault="00927F77">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="554CB0A0" w14:textId="77777777" w:rsidR="00AB2D73" w:rsidRDefault="00AB2D73">
+    <w:p w14:paraId="25840590" w14:textId="77777777" w:rsidR="00927F77" w:rsidRDefault="00927F77">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="387C28CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD40164E"/>
     <w:lvl w:ilvl="0" w:tplc="0D82B82C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="113" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="231F20"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E3C81B54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -19944,195 +19948,199 @@
     <w:lvl w:ilvl="7" w:tplc="722EBDA6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3497" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36EC5314">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3979" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1381393821">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A1170"/>
     <w:rsid w:val="00022CD5"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="000B611C"/>
     <w:rsid w:val="001264BB"/>
     <w:rsid w:val="001F66AE"/>
     <w:rsid w:val="00205E6C"/>
     <w:rsid w:val="002160F1"/>
     <w:rsid w:val="002A6141"/>
     <w:rsid w:val="002E3D01"/>
     <w:rsid w:val="00371B8E"/>
     <w:rsid w:val="00407091"/>
     <w:rsid w:val="00411691"/>
     <w:rsid w:val="00443689"/>
     <w:rsid w:val="004B3ED7"/>
     <w:rsid w:val="004C3722"/>
     <w:rsid w:val="00564501"/>
     <w:rsid w:val="00577199"/>
     <w:rsid w:val="005A1170"/>
     <w:rsid w:val="005B5236"/>
     <w:rsid w:val="005C4F6C"/>
     <w:rsid w:val="005D42FD"/>
     <w:rsid w:val="00627F04"/>
     <w:rsid w:val="00631DFF"/>
+    <w:rsid w:val="006B0A85"/>
     <w:rsid w:val="006C60BE"/>
     <w:rsid w:val="00774ABE"/>
     <w:rsid w:val="007E3D66"/>
     <w:rsid w:val="008107C7"/>
+    <w:rsid w:val="00860279"/>
     <w:rsid w:val="008B6AC5"/>
     <w:rsid w:val="008D3D5C"/>
     <w:rsid w:val="008F1698"/>
+    <w:rsid w:val="00927F77"/>
     <w:rsid w:val="00962BC2"/>
     <w:rsid w:val="009810D5"/>
     <w:rsid w:val="009A6D79"/>
     <w:rsid w:val="009F26D9"/>
     <w:rsid w:val="00A0200A"/>
     <w:rsid w:val="00A72D5B"/>
     <w:rsid w:val="00AB2D73"/>
     <w:rsid w:val="00B2038B"/>
     <w:rsid w:val="00B26B41"/>
     <w:rsid w:val="00B34784"/>
     <w:rsid w:val="00B3793B"/>
     <w:rsid w:val="00B540E8"/>
     <w:rsid w:val="00BB4489"/>
     <w:rsid w:val="00BE5C9A"/>
     <w:rsid w:val="00C13E73"/>
     <w:rsid w:val="00C90E35"/>
     <w:rsid w:val="00CE67FE"/>
     <w:rsid w:val="00D230D9"/>
     <w:rsid w:val="00DA308A"/>
     <w:rsid w:val="00DE4AA1"/>
     <w:rsid w:val="00E52854"/>
     <w:rsid w:val="00E627D2"/>
     <w:rsid w:val="00E63B5B"/>
     <w:rsid w:val="00E90C77"/>
     <w:rsid w:val="00EC5B5D"/>
     <w:rsid w:val="00F47083"/>
     <w:rsid w:val="00F51F8A"/>
     <w:rsid w:val="00F66FAB"/>
     <w:rsid w:val="00F804B8"/>
     <w:rsid w:val="00FE7E8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="318CA32E"/>
   <w15:docId w15:val="{886350CE-A809-4536-91E1-72CED2F13221}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20460,50 +20468,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="113"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
@@ -20724,51 +20737,51 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
     <w:name w:val="Corpo de texto Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Corpodetexto"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007E3D66"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="456603064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1210845472">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21063,78 +21076,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14B80111-6A24-4DF7-A953-96ED69E57161}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2390</Words>
-  <Characters>12911</Characters>
+  <Characters>12910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15271</CharactersWithSpaces>
+  <CharactersWithSpaces>15270</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Inez Andrade</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-09-12T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 17.3 (Windows)</vt:lpwstr>
   </property>